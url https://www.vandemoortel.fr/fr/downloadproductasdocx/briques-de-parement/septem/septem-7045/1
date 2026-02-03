--- v0 (2025-10-31)
+++ v1 (2026-02-03)
@@ -243,139 +243,139 @@
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t>Dimensions de fabrication (L xlxh)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
-              <w:t>*227x73x55 mm</w:t>
+              <w:t>*225x74x53 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t>Quantité / m² avec un joint traditionnel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
-              <w:t>ca. 63 (12 mm)</w:t>
+              <w:t>ca. 65 (12 mm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t>Quantité / m² avec un joint mince</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
-              <w:t>ca. 71 (6 mm)</w:t>
+              <w:t>ca. 74 (6 mm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
@@ -3119,51 +3119,51 @@
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="00F25199" w14:paraId="5C3DAD1D" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:ind w:firstLine="340"/>
                             <w:rPr>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
-                            <w:t>31-10-2025</w:t>
+                            <w:t>03-02-2026</w:t>
                           </w:r>
                         </w:p>
                         <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="28D88568" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="004D54FD" w14:paraId="0DF136AA" w14:textId="312CBC39">
                           <w:pPr>
                             <w:spacing w:before="9"/>
                             <w:ind w:left="340"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>