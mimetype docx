--- v0 (2025-10-31)
+++ v1 (2026-02-03)
@@ -421,51 +421,51 @@
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t>Masse volumique brute</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
-              <w:t>1900 kg/m³ (+/- 20 %) </w:t>
+              <w:t>1725 kg/m³ (+/- 20 %) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
@@ -1009,50 +1009,54 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00024F65" w:rsidP="005C795D" w:rsidRDefault="00024F65" w14:paraId="1D2EDDBE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00790A39" w:rsidP="00790A39" w:rsidRDefault="00790A39" w14:paraId="6B04159D" w14:textId="03C757CF">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>*Dimensions peuvent varier en fonction des productions. Pour la version la plus actuelle voir sur www.vandemoortel.be. Ce document n’est pas contractuel, il annule et remplace les précédents. Le fabriquant se réserve le droit de modifier la gamme de produits ou les caractéristiques des produits.  L’utilisateur doit s’assurer d’être en possession de la dernière version du texte descriptif.</w:t>
+        <w:br/>
+        <w:t>   -</w:t>
+        <w:br/>
+        <w:t>On considère dans le cas de briques destinées à la maçonnerie apparente que dans minimum 90% de la fourniture, au moins une panneresse et une boutisse ne présentent aucun dégât. Le nombre de briques avec défaut ne peut dépasser les 5%. Sont considérés comme défaut; la présence d’inclusions qui, par gonflement, pourrait provoquer des éclats dans la surface de la brique,  des fissures ayant une largeur = 0.2 mm reliant au moins deux arêtes. Tout dégât et défaut doivent toujours être signalés avant la mise en œuvre.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A73FF7" w:rsidP="00043D1C" w:rsidRDefault="00A73FF7" w14:paraId="0DE166F5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
         <w:rPr>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00043D1C" w:rsidP="00043D1C" w:rsidRDefault="00043D1C" w14:paraId="6921FD65" w14:textId="73869A7B">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>Photo du produit</w:t>
       </w:r>
@@ -2952,51 +2956,51 @@
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="00F25199" w14:paraId="5C3DAD1D" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:ind w:firstLine="340"/>
                             <w:rPr>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
-                            <w:t>31-10-2025</w:t>
+                            <w:t>03-02-2026</w:t>
                           </w:r>
                         </w:p>
                         <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="28D88568" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="004D54FD" w14:paraId="0DF136AA" w14:textId="312CBC39">
                           <w:pPr>
                             <w:spacing w:before="9"/>
                             <w:ind w:left="340"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>